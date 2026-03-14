--- v0 (2025-10-21)
+++ v1 (2026-03-14)
@@ -15,67 +15,68 @@
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="64CA63CD" w14:textId="77777777" w:rsidR="00BF2619" w:rsidRDefault="00BF2619" w:rsidP="00BF2619">
+    <w:p w14:paraId="64CA63CD" w14:textId="77777777" w:rsidR="00BF2619" w:rsidRPr="009148AB" w:rsidRDefault="00BF2619" w:rsidP="00BF2619">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="01CF953C" wp14:editId="139CC1CB">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>4881880</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-126365</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1200785" cy="1323340"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="2" name="Bild 7" descr="Wappen"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 7" descr="Wappen"/>
                     <pic:cNvPicPr>
@@ -98,5471 +99,5383 @@
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1200785" cy="1323340"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Gemeinde Unterbreizbach</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43639E71" w14:textId="77777777" w:rsidR="00BF2619" w:rsidRDefault="00BF2619" w:rsidP="00BF2619">
+    <w:p w14:paraId="43639E71" w14:textId="77777777" w:rsidR="00BF2619" w:rsidRPr="009148AB" w:rsidRDefault="00BF2619" w:rsidP="00BF2619">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>mit den Ortsteilen</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FC22F43" w14:textId="77777777" w:rsidR="00BF2619" w:rsidRDefault="00BF2619" w:rsidP="00BF2619">
+    <w:p w14:paraId="5FC22F43" w14:textId="77777777" w:rsidR="00BF2619" w:rsidRPr="009148AB" w:rsidRDefault="00BF2619" w:rsidP="00BF2619">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sünna </w:t>
-[...112 lines deleted...]
-    <w:p w14:paraId="379C11DB" w14:textId="77777777" w:rsidR="00BF2619" w:rsidRDefault="00BF2619" w:rsidP="00BF2619">
+        <w:t>Sünna · Pferdsdorf/Rhön · Räsa · Deicheroda · Mosa · Mühlwärts</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="379C11DB" w14:textId="77777777" w:rsidR="00BF2619" w:rsidRPr="009148AB" w:rsidRDefault="00BF2619" w:rsidP="00BF2619">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Hüttenroda</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7965C357" w14:textId="77777777" w:rsidR="00BF2619" w:rsidRDefault="00BF2619" w:rsidP="00BF2619">
+    <w:p w14:paraId="7965C357" w14:textId="77777777" w:rsidR="00BF2619" w:rsidRPr="009148AB" w:rsidRDefault="00BF2619" w:rsidP="00BF2619">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5003D711" w14:textId="77777777" w:rsidR="00BF2619" w:rsidRDefault="00BF2619" w:rsidP="00BF2619">
+    <w:p w14:paraId="5003D711" w14:textId="77777777" w:rsidR="00BF2619" w:rsidRPr="009148AB" w:rsidRDefault="00BF2619" w:rsidP="00BF2619">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Heinrich-Heine-Straße 3, 36414 Unterbreizbach</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B8AFC7C" w14:textId="77777777" w:rsidR="00BF2619" w:rsidRDefault="00BF2619" w:rsidP="00BF2619">
+    <w:p w14:paraId="4B8AFC7C" w14:textId="77777777" w:rsidR="00BF2619" w:rsidRPr="009148AB" w:rsidRDefault="00BF2619" w:rsidP="00BF2619">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2E05072D" w14:textId="4D42F50D" w:rsidR="00BF2619" w:rsidRPr="008C19CE" w:rsidRDefault="00BF2619" w:rsidP="00BF2619">
-[...15 lines deleted...]
-    <w:p w14:paraId="11F112EE" w14:textId="77777777" w:rsidR="00BF2619" w:rsidRDefault="00BF2619" w:rsidP="00BF2619">
+    <w:p w14:paraId="11F112EE" w14:textId="77777777" w:rsidR="00BF2619" w:rsidRPr="009148AB" w:rsidRDefault="00BF2619" w:rsidP="00BF2619">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="708" w:firstLine="708"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Anmeldung für den Besuch einer Kindertagesstätte </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="686FF62C" w14:textId="77777777" w:rsidR="00BF2619" w:rsidRDefault="00BF2619" w:rsidP="00BF2619">
+    <w:p w14:paraId="686FF62C" w14:textId="77777777" w:rsidR="00BF2619" w:rsidRPr="009148AB" w:rsidRDefault="00BF2619" w:rsidP="00BF2619">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>der Einheitsgemeinde Unterbreizbach</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A43DB4A" w14:textId="77777777" w:rsidR="00BF2619" w:rsidRDefault="00BF2619" w:rsidP="00BF2619">
+    <w:p w14:paraId="2A43DB4A" w14:textId="77777777" w:rsidR="00BF2619" w:rsidRPr="009148AB" w:rsidRDefault="00BF2619" w:rsidP="00BF2619">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="08406F8B" w14:textId="77777777" w:rsidR="00BF2619" w:rsidRPr="00432853" w:rsidRDefault="00572722" w:rsidP="00572722">
+    <w:p w14:paraId="08406F8B" w14:textId="77777777" w:rsidR="00BF2619" w:rsidRPr="009148AB" w:rsidRDefault="00572722" w:rsidP="00572722">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00432853">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>1.</w:t>
       </w:r>
-      <w:r w:rsidR="00432853">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00432853" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Angaben zum Kind</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B03C9D1" w14:textId="77777777" w:rsidR="00BF2619" w:rsidRDefault="00BF2619" w:rsidP="00BF2619">
+    <w:p w14:paraId="2B03C9D1" w14:textId="77777777" w:rsidR="00BF2619" w:rsidRPr="009148AB" w:rsidRDefault="00BF2619" w:rsidP="00BF2619">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4B6211BE" w14:textId="52CFD6F1" w:rsidR="00BF2619" w:rsidRPr="00BF2619" w:rsidRDefault="00C314BE" w:rsidP="00BF2619">
+    <w:p w14:paraId="4B6211BE" w14:textId="52CFD6F1" w:rsidR="00BF2619" w:rsidRPr="009148AB" w:rsidRDefault="00C314BE" w:rsidP="00BF2619">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="708"/>
           <w:tab w:val="left" w:pos="1416"/>
           <w:tab w:val="left" w:pos="2124"/>
           <w:tab w:val="left" w:pos="2832"/>
           <w:tab w:val="left" w:pos="3390"/>
           <w:tab w:val="left" w:pos="5100"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:maxLength w:val="30"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="Text1"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
-[...46 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidR="00003211">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00003211" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00003211" w:rsidRPr="00003211">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00003211" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text28"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="Text28"/>
-      <w:r w:rsidR="00003211" w:rsidRPr="00003211">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00003211" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00003211" w:rsidRPr="00003211">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00003211" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00003211" w:rsidRPr="00003211">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00003211" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00003211" w:rsidRPr="00003211">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00003211" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00003211" w:rsidRPr="00003211">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00003211" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00003211" w:rsidRPr="00003211">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00003211" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00003211" w:rsidRPr="00003211">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00003211" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00003211" w:rsidRPr="00003211">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00003211" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00003211" w:rsidRPr="00003211">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00003211" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
-      <w:r w:rsidR="00003211">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00003211" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidR="00BF2619">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00BF2619" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="-855264710"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00A22B0C">
+          <w:r w:rsidR="00A22B0C" w:rsidRPr="009148AB">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:bCs/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00BF2619" w:rsidRPr="00BF2619">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00BF2619" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>männlich</w:t>
       </w:r>
-      <w:r w:rsidR="00003211">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00003211" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="-259923787"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00A22B0C">
+          <w:r w:rsidR="00A22B0C" w:rsidRPr="009148AB">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00ED6CBE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00ED6CBE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>weiblich</w:t>
       </w:r>
-      <w:r w:rsidR="00ED6CBE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00ED6CBE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>geboren am</w:t>
       </w:r>
-      <w:r w:rsidR="00BF2619">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00BF2619" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:type w:val="date"/>
               <w:format w:val="dd.MM.yyyy"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="2" w:name="Text2"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
-[...46 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:p w14:paraId="0C4F966B" w14:textId="77777777" w:rsidR="00BF2619" w:rsidRPr="00D05608" w:rsidRDefault="00BF2619" w:rsidP="00BF2619">
+    <w:p w14:paraId="0C4F966B" w14:textId="77777777" w:rsidR="00BF2619" w:rsidRPr="009148AB" w:rsidRDefault="00BF2619" w:rsidP="00BF2619">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BF2619">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>(Name, Vorname)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="644A4C07" w14:textId="77777777" w:rsidR="00BF2619" w:rsidRDefault="00BF2619" w:rsidP="00BF2619">
+    <w:p w14:paraId="644A4C07" w14:textId="77777777" w:rsidR="00BF2619" w:rsidRPr="009148AB" w:rsidRDefault="00BF2619" w:rsidP="00BF2619">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="11539B7C" w14:textId="77777777" w:rsidR="00BF2619" w:rsidRDefault="00BF2619" w:rsidP="00BF2619">
+    <w:p w14:paraId="11539B7C" w14:textId="77777777" w:rsidR="00BF2619" w:rsidRPr="009148AB" w:rsidRDefault="00BF2619" w:rsidP="00BF2619">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4F80AFF3" w14:textId="5B35423F" w:rsidR="00BF2619" w:rsidRPr="00BF2619" w:rsidRDefault="00C314BE" w:rsidP="00BF2619">
+    <w:p w14:paraId="4F80AFF3" w14:textId="65796667" w:rsidR="00BF2619" w:rsidRPr="009148AB" w:rsidRDefault="00C314BE" w:rsidP="00BF2619">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C314BE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="3" w:name="Text3"/>
-      <w:r w:rsidRPr="00C314BE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00C314BE">
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00267F7A">
-[...41 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00267F7A" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00267F7A" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00267F7A" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00267F7A" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00267F7A" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
-      <w:r w:rsidR="00BF2619">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00BF2619" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00ED6CBE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00ED6CBE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Staatsangehörigkeit</w:t>
       </w:r>
-      <w:r w:rsidR="00BF2619">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00BF2619" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="4" w:name="Text4"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
-[...46 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
-    <w:p w14:paraId="16EAD732" w14:textId="5500FA41" w:rsidR="00BF2619" w:rsidRDefault="00BF2619" w:rsidP="00BF2619">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    <w:p w14:paraId="16EAD732" w14:textId="5500FA41" w:rsidR="00BF2619" w:rsidRPr="009148AB" w:rsidRDefault="00BF2619" w:rsidP="00BF2619">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...18 lines deleted...]
-    <w:p w14:paraId="4A4E4B71" w14:textId="03BE222D" w:rsidR="00BF2619" w:rsidRDefault="00BF2619" w:rsidP="00BF2619">
+        <w:t>(Anschrift)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A4E4B71" w14:textId="03BE222D" w:rsidR="00BF2619" w:rsidRPr="009148AB" w:rsidRDefault="00BF2619" w:rsidP="00BF2619">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1995"/>
           <w:tab w:val="left" w:pos="2124"/>
           <w:tab w:val="left" w:pos="2832"/>
           <w:tab w:val="left" w:pos="3540"/>
           <w:tab w:val="left" w:pos="4248"/>
           <w:tab w:val="left" w:pos="4956"/>
           <w:tab w:val="left" w:pos="5535"/>
         </w:tabs>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Das Kind lebt</w:t>
       </w:r>
-      <w:r w:rsidR="00136D82">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00136D82" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:id w:val="-603185987"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00136D82">
+          <w:r w:rsidR="00136D82" w:rsidRPr="009148AB">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> bei den Eltern</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:id w:val="-1999559126"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00136D82">
+          <w:r w:rsidR="00136D82" w:rsidRPr="009148AB">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> bei der Mutter</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:id w:val="-873079144"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00136D82">
+          <w:r w:rsidR="00136D82" w:rsidRPr="009148AB">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00136D82">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00136D82" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">beim Vater  </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:id w:val="-1573575675"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00A22B0C">
+          <w:r w:rsidR="00A22B0C" w:rsidRPr="009148AB">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="000F4913">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="000F4913" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C314BE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="5" w:name="Text5"/>
-      <w:r w:rsidR="00C314BE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00C314BE">
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00C314BE">
-[...36 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
     </w:p>
-    <w:p w14:paraId="78806000" w14:textId="77777777" w:rsidR="00FD38D3" w:rsidRDefault="008C2C2C" w:rsidP="00FD38D3">
+    <w:p w14:paraId="78806000" w14:textId="77777777" w:rsidR="00FD38D3" w:rsidRPr="009148AB" w:rsidRDefault="00FE40ED" w:rsidP="00FD38D3">
       <w:pPr>
         <w:pStyle w:val="KeinLeerraum"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          </w:rPr>
           <w:id w:val="734586262"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00A22B0C">
+          <w:r w:rsidR="00A22B0C" w:rsidRPr="009148AB">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00003211">
+      <w:r w:rsidR="00003211" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BF2619">
+      <w:r w:rsidR="00BF2619" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">Das Kind wird </w:t>
       </w:r>
-      <w:r w:rsidR="00003211">
+      <w:r w:rsidR="00003211" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>in einen Ortsteil</w:t>
       </w:r>
-      <w:r w:rsidR="00BF2619">
+      <w:r w:rsidR="00BF2619" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve"> der Einheitsgemeinde Unterbreizbach umziehen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38B10352" w14:textId="53BF99E9" w:rsidR="00BF2619" w:rsidRDefault="00BF2619" w:rsidP="00FD38D3">
-      <w:r>
+    <w:p w14:paraId="38B10352" w14:textId="7EF4021E" w:rsidR="00BF2619" w:rsidRPr="009148AB" w:rsidRDefault="00BF2619" w:rsidP="00FD38D3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>Neue Anschrift</w:t>
       </w:r>
-      <w:r w:rsidR="00003211">
+      <w:r w:rsidR="00003211" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C314BE">
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text6"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="6" w:name="Text6"/>
-      <w:r w:rsidR="00C314BE">
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00C314BE">
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00C314BE">
-[...29 lines deleted...]
-      <w:r w:rsidR="00C314BE">
+      <w:r w:rsidR="00F523A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F523A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F523A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F523A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F523A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
-      <w:r>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:tab/>
         <w:t>ab</w:t>
       </w:r>
-      <w:r w:rsidR="00003211">
+      <w:r w:rsidR="00003211" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C314BE">
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text7"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:type w:val="date"/>
               <w:format w:val="dd.MM.yyyy"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="7" w:name="Text7"/>
-      <w:r w:rsidR="00C314BE">
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00C314BE">
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00C314BE">
-[...29 lines deleted...]
-      <w:r w:rsidR="00C314BE">
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
     </w:p>
-    <w:p w14:paraId="79D92F63" w14:textId="3F0E820D" w:rsidR="00881B3B" w:rsidRPr="00881B3B" w:rsidRDefault="008C2C2C" w:rsidP="00FD38D3">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    <w:p w14:paraId="79D92F63" w14:textId="3F0E820D" w:rsidR="00881B3B" w:rsidRPr="009148AB" w:rsidRDefault="00FE40ED" w:rsidP="00FD38D3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:id w:val="174931473"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00A22B0C">
+          <w:r w:rsidR="00A22B0C" w:rsidRPr="009148AB">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00BF2619">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00BF2619" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Das Kind wurde bisher in einer Kita betreut. Name der Kita:</w:t>
       </w:r>
-      <w:r w:rsidR="00C314BE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text8"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="8" w:name="Text8"/>
-      <w:r w:rsidR="00C314BE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00C314BE">
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00C314BE">
-[...36 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
-      <w:r w:rsidR="00BF2619">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00BF2619" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ort:</w:t>
       </w:r>
-      <w:r w:rsidR="00C314BE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text9"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="9" w:name="Text9"/>
-      <w:r w:rsidR="00C314BE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00C314BE">
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00C314BE">
-[...36 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
-      <w:r w:rsidR="00881B3B">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00881B3B" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BFBD790" w14:textId="77777777" w:rsidR="00572722" w:rsidRPr="00432853" w:rsidRDefault="00572722" w:rsidP="00BF2619">
+    <w:p w14:paraId="1BFBD790" w14:textId="77777777" w:rsidR="00572722" w:rsidRPr="009148AB" w:rsidRDefault="00572722" w:rsidP="00BF2619">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="345"/>
           <w:tab w:val="left" w:pos="1995"/>
           <w:tab w:val="left" w:pos="2124"/>
           <w:tab w:val="left" w:pos="2832"/>
           <w:tab w:val="left" w:pos="3540"/>
           <w:tab w:val="left" w:pos="4248"/>
           <w:tab w:val="left" w:pos="4956"/>
           <w:tab w:val="left" w:pos="5535"/>
         </w:tabs>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00432853">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>2. Antragsteller</w:t>
       </w:r>
-      <w:r w:rsidR="00205CA4" w:rsidRPr="00432853">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00205CA4" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>/Sorgeberechtigte(r)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="278966B0" w14:textId="310CF739" w:rsidR="0023003F" w:rsidRDefault="00572722" w:rsidP="00572722">
+    <w:p w14:paraId="278966B0" w14:textId="310CF739" w:rsidR="0023003F" w:rsidRPr="009148AB" w:rsidRDefault="00572722" w:rsidP="00572722">
       <w:pPr>
         <w:pStyle w:val="KeinLeerraum"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Mutter </w:t>
       </w:r>
-      <w:r w:rsidR="00C314BE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text10"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="10" w:name="Text10"/>
-      <w:r w:rsidR="00C314BE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00C314BE">
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00C314BE">
-[...36 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:id w:val="84727625"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00A22B0C">
+          <w:r w:rsidR="00A22B0C" w:rsidRPr="009148AB">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Ich habe das alle</w:t>
       </w:r>
-      <w:r w:rsidR="0023003F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="0023003F" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">inige Sorgerecht für das o.g. Kind </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D352A54" w14:textId="53C52935" w:rsidR="00572722" w:rsidRPr="00572722" w:rsidRDefault="00FD38D3" w:rsidP="00572722">
+    <w:p w14:paraId="5D352A54" w14:textId="53C52935" w:rsidR="00572722" w:rsidRPr="009148AB" w:rsidRDefault="00FD38D3" w:rsidP="00572722">
       <w:pPr>
         <w:pStyle w:val="KeinLeerraum"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">         </w:t>
       </w:r>
-      <w:r w:rsidR="0023003F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="0023003F" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00572722" w:rsidRPr="00572722">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00572722" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>(Name, Vorname der Mutter)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BA5C1CA" w14:textId="62B9A284" w:rsidR="00572722" w:rsidRDefault="00572722" w:rsidP="00572722">
+    <w:p w14:paraId="5BA5C1CA" w14:textId="62B9A284" w:rsidR="00572722" w:rsidRPr="009148AB" w:rsidRDefault="00572722" w:rsidP="00572722">
       <w:pPr>
         <w:pStyle w:val="KeinLeerraum"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="01084418" w14:textId="77FB6A88" w:rsidR="0023003F" w:rsidRDefault="0023003F" w:rsidP="0023003F">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="01084418" w14:textId="77FB6A88" w:rsidR="0023003F" w:rsidRPr="009148AB" w:rsidRDefault="0023003F" w:rsidP="0023003F">
       <w:pPr>
         <w:pStyle w:val="KeinLeerraum"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Anschrift </w:t>
       </w:r>
-      <w:r w:rsidR="00C314BE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text11"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="11" w:name="Text11"/>
-      <w:r w:rsidR="00C314BE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00C314BE">
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00C314BE">
-[...36 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3528FACD" w14:textId="77777777" w:rsidR="0023003F" w:rsidRDefault="0023003F" w:rsidP="0023003F">
+    <w:p w14:paraId="3528FACD" w14:textId="77777777" w:rsidR="0023003F" w:rsidRPr="009148AB" w:rsidRDefault="0023003F" w:rsidP="0023003F">
       <w:pPr>
         <w:pStyle w:val="KeinLeerraum"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>(falls abweichend vom Kind</w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="002A5927" w14:textId="77777777" w:rsidR="0023003F" w:rsidRDefault="0023003F" w:rsidP="0023003F">
+        <w:t>(falls abweichend vom Kind)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="002A5927" w14:textId="77777777" w:rsidR="0023003F" w:rsidRPr="009148AB" w:rsidRDefault="0023003F" w:rsidP="0023003F">
       <w:pPr>
         <w:pStyle w:val="KeinLeerraum"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="73AAE181" w14:textId="202DC931" w:rsidR="0023003F" w:rsidRDefault="0023003F" w:rsidP="0023003F">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="73AAE181" w14:textId="202DC931" w:rsidR="0023003F" w:rsidRPr="009148AB" w:rsidRDefault="0023003F" w:rsidP="0023003F">
       <w:pPr>
         <w:pStyle w:val="KeinLeerraum"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Telefonnummer </w:t>
       </w:r>
-      <w:r w:rsidR="00C314BE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="12" w:name="Text12"/>
-      <w:r w:rsidR="00C314BE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00C314BE">
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00C314BE">
-[...36 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="12"/>
-      <w:r w:rsidR="00BC20F4">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00BC20F4" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
         <w:t>Emailadresse</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C314BE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text13"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="13" w:name="Text13"/>
-      <w:r w:rsidR="00C314BE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00C314BE">
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00C314BE">
-[...36 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
-      <w:r w:rsidR="00572722">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00572722" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D99FA20" w14:textId="3705C362" w:rsidR="0023003F" w:rsidRDefault="00432853" w:rsidP="0023003F">
+    <w:p w14:paraId="7D99FA20" w14:textId="3705C362" w:rsidR="0023003F" w:rsidRPr="009148AB" w:rsidRDefault="00432853" w:rsidP="0023003F">
       <w:pPr>
         <w:pStyle w:val="KeinLeerraum"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">z.Zt. berufstätig </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:id w:val="1838573939"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00136D82">
+          <w:r w:rsidR="00136D82" w:rsidRPr="009148AB">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00C41BC5">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00C41BC5" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Ja</w:t>
       </w:r>
-      <w:r w:rsidR="00C41BC5">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00C41BC5" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:id w:val="-831832359"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00136D82">
+          <w:r w:rsidR="00136D82" w:rsidRPr="009148AB">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00C41BC5">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00C41BC5" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Nein</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="171D8F98" w14:textId="77777777" w:rsidR="00C41BC5" w:rsidRDefault="00C41BC5" w:rsidP="0023003F">
+    <w:p w14:paraId="171D8F98" w14:textId="77777777" w:rsidR="00C41BC5" w:rsidRPr="009148AB" w:rsidRDefault="00C41BC5" w:rsidP="0023003F">
       <w:pPr>
         <w:pStyle w:val="KeinLeerraum"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="641A7855" w14:textId="512CAF1D" w:rsidR="00BC20F4" w:rsidRDefault="00C41BC5" w:rsidP="00BC20F4">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="641A7855" w14:textId="512CAF1D" w:rsidR="00BC20F4" w:rsidRPr="009148AB" w:rsidRDefault="00C41BC5" w:rsidP="00BC20F4">
       <w:pPr>
         <w:pStyle w:val="KeinLeerraum"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Arbeitsaufnahme konkret beabsichtigt </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:id w:val="1455205944"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00A22B0C">
+          <w:r w:rsidR="00A22B0C" w:rsidRPr="009148AB">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00BC20F4">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00BC20F4" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Ja</w:t>
       </w:r>
-      <w:r w:rsidR="00BC20F4">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00BC20F4" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:id w:val="677697316"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00A22B0C">
+          <w:r w:rsidR="00A22B0C" w:rsidRPr="009148AB">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00BC20F4">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00BC20F4" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Nein</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="668744F8" w14:textId="77777777" w:rsidR="00432853" w:rsidRDefault="00432853" w:rsidP="0023003F">
+    <w:p w14:paraId="6E6DD41A" w14:textId="77777777" w:rsidR="007219FF" w:rsidRPr="009148AB" w:rsidRDefault="007219FF" w:rsidP="00572722">
       <w:pPr>
         <w:pStyle w:val="KeinLeerraum"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="6E6DD41A" w14:textId="77777777" w:rsidR="007219FF" w:rsidRDefault="007219FF" w:rsidP="00572722">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6881F190" w14:textId="68991B11" w:rsidR="004562A3" w:rsidRPr="009148AB" w:rsidRDefault="00C41BC5" w:rsidP="00572722">
       <w:pPr>
         <w:pStyle w:val="KeinLeerraum"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Wenn ja, ab wann? </w:t>
       </w:r>
-      <w:r w:rsidR="00C314BE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text14"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="14" w:name="Text14"/>
-      <w:r w:rsidR="00C314BE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00C314BE">
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00C314BE">
-[...36 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C41BC5">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>(unbedingt Nachweise beifügen!)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C1D1740" w14:textId="77777777" w:rsidR="00C6160A" w:rsidRDefault="00C6160A" w:rsidP="00C6160A">
+    <w:p w14:paraId="5C1D1740" w14:textId="39713B12" w:rsidR="00C6160A" w:rsidRPr="009148AB" w:rsidRDefault="00C6160A" w:rsidP="00C6160A">
       <w:pPr>
         <w:pStyle w:val="KeinLeerraum"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">_ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6311C857" w14:textId="77777777" w:rsidR="007219FF" w:rsidRDefault="007219FF" w:rsidP="00572722">
+        <w:t xml:space="preserve">_ _ _ _ _ _ _ _ _ _ _ _  _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6311C857" w14:textId="77777777" w:rsidR="007219FF" w:rsidRPr="009148AB" w:rsidRDefault="007219FF" w:rsidP="00572722">
       <w:pPr>
         <w:pStyle w:val="KeinLeerraum"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3C3FA67F" w14:textId="77777777" w:rsidR="007219FF" w:rsidRPr="00BE1772" w:rsidRDefault="007219FF" w:rsidP="00572722">
+    <w:p w14:paraId="3C3FA67F" w14:textId="77777777" w:rsidR="007219FF" w:rsidRPr="009148AB" w:rsidRDefault="007219FF" w:rsidP="00572722">
       <w:pPr>
         <w:pStyle w:val="KeinLeerraum"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="70E31766" w14:textId="164222CF" w:rsidR="0023003F" w:rsidRDefault="0023003F" w:rsidP="0023003F">
+    <w:p w14:paraId="70E31766" w14:textId="164222CF" w:rsidR="0023003F" w:rsidRPr="009148AB" w:rsidRDefault="0023003F" w:rsidP="0023003F">
       <w:pPr>
         <w:pStyle w:val="KeinLeerraum"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Vater </w:t>
       </w:r>
-      <w:r w:rsidR="00C314BE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text15"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="15" w:name="Text15"/>
-      <w:r w:rsidR="00C314BE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00C314BE">
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00C314BE">
-[...36 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C314BE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="15"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:id w:val="-350869490"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00136D82">
+          <w:r w:rsidR="00136D82" w:rsidRPr="009148AB">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Ich habe das alleinige Sorgerecht für das o.g. Kind </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15EF1E2E" w14:textId="79FC8C23" w:rsidR="0023003F" w:rsidRPr="00A80F8B" w:rsidRDefault="0023003F" w:rsidP="0023003F">
+    <w:p w14:paraId="15EF1E2E" w14:textId="79FC8C23" w:rsidR="0023003F" w:rsidRPr="009148AB" w:rsidRDefault="0023003F" w:rsidP="0023003F">
       <w:pPr>
         <w:pStyle w:val="KeinLeerraum"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">          </w:t>
       </w:r>
-      <w:r w:rsidR="00717D67">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00717D67" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>(Name, Vorname des Vaters</w:t>
       </w:r>
-      <w:r w:rsidRPr="00572722">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="116578B8" w14:textId="77777777" w:rsidR="007219FF" w:rsidRDefault="007219FF" w:rsidP="0023003F">
+    <w:p w14:paraId="116578B8" w14:textId="77777777" w:rsidR="007219FF" w:rsidRPr="009148AB" w:rsidRDefault="007219FF" w:rsidP="0023003F">
       <w:pPr>
         <w:pStyle w:val="KeinLeerraum"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="7CD4F28C" w14:textId="3E73B555" w:rsidR="0023003F" w:rsidRDefault="0023003F" w:rsidP="0023003F">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7CD4F28C" w14:textId="3E73B555" w:rsidR="0023003F" w:rsidRPr="009148AB" w:rsidRDefault="0023003F" w:rsidP="0023003F">
       <w:pPr>
         <w:pStyle w:val="KeinLeerraum"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Anschrift </w:t>
       </w:r>
-      <w:r w:rsidR="00AA6925">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00AA6925" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text16"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="16" w:name="Text16"/>
-      <w:r w:rsidR="00AA6925">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00AA6925" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00AA6925">
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00AA6925" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00AA6925" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00AA6925">
-[...36 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00AA6925" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA6925" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA6925" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA6925" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA6925" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA6925" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="16"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1069DE8C" w14:textId="77777777" w:rsidR="0023003F" w:rsidRDefault="0023003F" w:rsidP="0023003F">
+    <w:p w14:paraId="1069DE8C" w14:textId="77777777" w:rsidR="0023003F" w:rsidRPr="009148AB" w:rsidRDefault="0023003F" w:rsidP="0023003F">
       <w:pPr>
         <w:pStyle w:val="KeinLeerraum"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>(falls abweichend vom Kind</w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="488B53BC" w14:textId="77777777" w:rsidR="0023003F" w:rsidRDefault="0023003F" w:rsidP="0023003F">
+        <w:t>(falls abweichend vom Kind)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="488B53BC" w14:textId="77777777" w:rsidR="0023003F" w:rsidRPr="009148AB" w:rsidRDefault="0023003F" w:rsidP="0023003F">
       <w:pPr>
         <w:pStyle w:val="KeinLeerraum"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="241839F3" w14:textId="58DBF254" w:rsidR="0023003F" w:rsidRDefault="0023003F" w:rsidP="0023003F">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="241839F3" w14:textId="58DBF254" w:rsidR="0023003F" w:rsidRPr="009148AB" w:rsidRDefault="0023003F" w:rsidP="0023003F">
       <w:pPr>
         <w:pStyle w:val="KeinLeerraum"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Telefonnummer </w:t>
       </w:r>
-      <w:r w:rsidR="00AA6925">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00AA6925" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text17"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="17" w:name="Text17"/>
-      <w:r w:rsidR="00AA6925">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00AA6925" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00AA6925">
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00AA6925" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00AA6925" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00AA6925">
-[...36 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00AA6925" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA6925" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA6925" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA6925" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA6925" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA6925" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="17"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Emailadresse: </w:t>
       </w:r>
-      <w:r w:rsidR="00AA6925">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00AA6925" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text18"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="18" w:name="Text18"/>
-      <w:r w:rsidR="00AA6925">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00AA6925" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00AA6925">
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00AA6925" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00AA6925" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00AA6925">
-[...36 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00AA6925" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA6925" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA6925" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA6925" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA6925" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA6925" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="18"/>
     </w:p>
-    <w:p w14:paraId="5073F345" w14:textId="77777777" w:rsidR="00205CA4" w:rsidRDefault="00205CA4" w:rsidP="0023003F">
+    <w:p w14:paraId="5073F345" w14:textId="77777777" w:rsidR="00205CA4" w:rsidRPr="009148AB" w:rsidRDefault="00205CA4" w:rsidP="0023003F">
       <w:pPr>
         <w:pStyle w:val="KeinLeerraum"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="79BC07F4" w14:textId="07CEE20B" w:rsidR="00C41BC5" w:rsidRDefault="00C41BC5" w:rsidP="00C41BC5">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="79BC07F4" w14:textId="07CEE20B" w:rsidR="00C41BC5" w:rsidRPr="009148AB" w:rsidRDefault="00C41BC5" w:rsidP="00C41BC5">
       <w:pPr>
         <w:pStyle w:val="KeinLeerraum"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">z.Zt. berufstätig </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:id w:val="-16697221"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00136D82">
+          <w:r w:rsidR="00136D82" w:rsidRPr="009148AB">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Ja</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:id w:val="1697184547"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00136D82">
+          <w:r w:rsidR="00136D82" w:rsidRPr="009148AB">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Nein</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D8A195F" w14:textId="51A738A6" w:rsidR="00BC20F4" w:rsidRDefault="00BC20F4" w:rsidP="00BC20F4">
+    <w:p w14:paraId="3D8A195F" w14:textId="51A738A6" w:rsidR="00BC20F4" w:rsidRPr="009148AB" w:rsidRDefault="00BC20F4" w:rsidP="00BC20F4">
       <w:pPr>
         <w:pStyle w:val="KeinLeerraum"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...6 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">Arbeitsaufnahme konkret beabsichtigt </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:id w:val="1187408910"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00136D82">
+          <w:r w:rsidR="00136D82" w:rsidRPr="009148AB">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Ja</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:id w:val="323559124"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00136D82">
+          <w:r w:rsidR="00136D82" w:rsidRPr="009148AB">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Nein</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75FC238E" w14:textId="77777777" w:rsidR="00BC20F4" w:rsidRDefault="00BC20F4" w:rsidP="00BC20F4">
+    <w:p w14:paraId="75FC238E" w14:textId="77777777" w:rsidR="00BC20F4" w:rsidRPr="009148AB" w:rsidRDefault="00BC20F4" w:rsidP="00BC20F4">
       <w:pPr>
         <w:pStyle w:val="KeinLeerraum"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="64ECFAD1" w14:textId="1536E411" w:rsidR="00881B3B" w:rsidRDefault="00BC20F4" w:rsidP="00BC20F4">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64ECFAD1" w14:textId="1536E411" w:rsidR="00881B3B" w:rsidRPr="009148AB" w:rsidRDefault="00BC20F4" w:rsidP="00BC20F4">
       <w:pPr>
         <w:pStyle w:val="KeinLeerraum"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Wenn ja, ab wann? </w:t>
       </w:r>
-      <w:r w:rsidR="00AA6925">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00AA6925" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text19"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:type w:val="date"/>
               <w:format w:val="dd.MM.yyyy"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="19" w:name="Text19"/>
-      <w:r w:rsidR="00AA6925">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00AA6925" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00AA6925">
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00AA6925" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00AA6925" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00AA6925">
-[...36 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00AA6925" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA6925" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA6925" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA6925" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA6925" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA6925" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="19"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C41BC5">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>(unbedingt Nachweise beifügen!)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="725F040E" w14:textId="591C5393" w:rsidR="00C41BC5" w:rsidRDefault="00C41BC5" w:rsidP="0023003F">
+    <w:p w14:paraId="2EBF058C" w14:textId="2DC5FB06" w:rsidR="00CD6BBD" w:rsidRPr="009148AB" w:rsidRDefault="00CD6BBD" w:rsidP="0023003F">
       <w:pPr>
         <w:pStyle w:val="KeinLeerraum"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CD6BBD">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>3. Geschwisterkind in der Einrichtung</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F3BEC19" w14:textId="019396CB" w:rsidR="00CD6BBD" w:rsidRDefault="00CD6BBD" w:rsidP="0023003F">
+    <w:p w14:paraId="1F3BEC19" w14:textId="019396CB" w:rsidR="00CD6BBD" w:rsidRPr="009148AB" w:rsidRDefault="00CD6BBD" w:rsidP="0023003F">
       <w:pPr>
         <w:pStyle w:val="KeinLeerraum"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1D2AE681" w14:textId="0761BE4C" w:rsidR="00A80F8B" w:rsidRDefault="00CD6BBD" w:rsidP="0023003F">
+    <w:p w14:paraId="1D2AE681" w14:textId="0761BE4C" w:rsidR="00A80F8B" w:rsidRPr="009148AB" w:rsidRDefault="00CD6BBD" w:rsidP="0023003F">
       <w:pPr>
         <w:pStyle w:val="KeinLeerraum"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Name:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00A80F8B">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00A80F8B" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text17"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00A80F8B">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00A80F8B" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00A80F8B">
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00A80F8B" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00A80F8B" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00A80F8B">
-[...36 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00A80F8B" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A80F8B" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A80F8B" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A80F8B" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A80F8B" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A80F8B" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="160CA564" w14:textId="3F133196" w:rsidR="00CD6BBD" w:rsidRDefault="00A80F8B" w:rsidP="0023003F">
+    <w:p w14:paraId="160CA564" w14:textId="3F133196" w:rsidR="00CD6BBD" w:rsidRPr="009148AB" w:rsidRDefault="00A80F8B" w:rsidP="0023003F">
       <w:pPr>
         <w:pStyle w:val="KeinLeerraum"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Geburtsdatum:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text17"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
-[...36 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E620D53" w14:textId="77777777" w:rsidR="00A80F8B" w:rsidRPr="00CD6BBD" w:rsidRDefault="00A80F8B" w:rsidP="0023003F">
+    <w:p w14:paraId="5E620D53" w14:textId="77777777" w:rsidR="00A80F8B" w:rsidRPr="009148AB" w:rsidRDefault="00A80F8B" w:rsidP="0023003F">
       <w:pPr>
         <w:pStyle w:val="KeinLeerraum"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="422B8F03" w14:textId="3C5AC710" w:rsidR="00205CA4" w:rsidRPr="00BC20F4" w:rsidRDefault="00CD6BBD" w:rsidP="0023003F">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="422B8F03" w14:textId="3C5AC710" w:rsidR="00205CA4" w:rsidRPr="009148AB" w:rsidRDefault="00CD6BBD" w:rsidP="0023003F">
       <w:pPr>
         <w:pStyle w:val="KeinLeerraum"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidR="00205CA4" w:rsidRPr="00BC20F4">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00205CA4" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">.Betreuungsbedarf </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C1A3EBC" w14:textId="77777777" w:rsidR="00205CA4" w:rsidRDefault="00205CA4" w:rsidP="0023003F">
+    <w:p w14:paraId="1C1A3EBC" w14:textId="77777777" w:rsidR="00205CA4" w:rsidRPr="009148AB" w:rsidRDefault="00205CA4" w:rsidP="0023003F">
       <w:pPr>
         <w:pStyle w:val="KeinLeerraum"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="35E56134" w14:textId="5D590E1F" w:rsidR="00205CA4" w:rsidRDefault="00205CA4" w:rsidP="0023003F">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35E56134" w14:textId="5D590E1F" w:rsidR="00205CA4" w:rsidRPr="009148AB" w:rsidRDefault="00205CA4" w:rsidP="0023003F">
       <w:pPr>
         <w:pStyle w:val="KeinLeerraum"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Gewünschtes Aufnahmedatum </w:t>
       </w:r>
-      <w:r w:rsidR="00AA6925">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00AA6925" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text20"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:type w:val="date"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="20" w:name="Text20"/>
-      <w:r w:rsidR="00AA6925">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00AA6925" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00AA6925">
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00AA6925" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00AA6925" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00AA6925">
-[...36 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00AA6925" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA6925" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA6925" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA6925" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA6925" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA6925" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="20"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:id w:val="-812562017"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00136D82">
+          <w:r w:rsidR="00136D82" w:rsidRPr="009148AB">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">früher möglich </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:id w:val="714243618"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00136D82">
+          <w:r w:rsidR="00136D82" w:rsidRPr="009148AB">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>später möglich</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BCED67E" w14:textId="77777777" w:rsidR="00205CA4" w:rsidRDefault="00205CA4" w:rsidP="0023003F">
+    <w:p w14:paraId="3BCED67E" w14:textId="77777777" w:rsidR="00205CA4" w:rsidRPr="009148AB" w:rsidRDefault="00205CA4" w:rsidP="0023003F">
       <w:pPr>
         <w:pStyle w:val="KeinLeerraum"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="09076802" w14:textId="77777777" w:rsidR="00205CA4" w:rsidRDefault="00205CA4" w:rsidP="0023003F">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09076802" w14:textId="77777777" w:rsidR="00205CA4" w:rsidRPr="009148AB" w:rsidRDefault="00205CA4" w:rsidP="0023003F">
       <w:pPr>
         <w:pStyle w:val="KeinLeerraum"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Gewünschter Betreuungsumfang</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C2DCC18" w14:textId="77777777" w:rsidR="00205CA4" w:rsidRDefault="00205CA4" w:rsidP="0023003F">
+    <w:p w14:paraId="7C2DCC18" w14:textId="77777777" w:rsidR="00205CA4" w:rsidRPr="009148AB" w:rsidRDefault="00205CA4" w:rsidP="0023003F">
       <w:pPr>
         <w:pStyle w:val="KeinLeerraum"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="03FBBDD7" w14:textId="38B4CC47" w:rsidR="00205CA4" w:rsidRDefault="008C2C2C" w:rsidP="0023003F">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03FBBDD7" w14:textId="38B4CC47" w:rsidR="00205CA4" w:rsidRPr="009148AB" w:rsidRDefault="00FE40ED" w:rsidP="0023003F">
       <w:pPr>
         <w:pStyle w:val="KeinLeerraum"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:id w:val="-804394543"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00136D82">
+          <w:r w:rsidR="00136D82" w:rsidRPr="009148AB">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00136D82">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00136D82" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00205CA4" w:rsidRPr="00205CA4">
-[...14 lines deleted...]
-      <w:r w:rsidR="00205CA4">
+      <w:r w:rsidR="00205CA4" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>bis 5 Stunden am Vormittag bis 12 Uhr</w:t>
+      </w:r>
+      <w:r w:rsidR="00205CA4" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00205CA4">
+      <w:r w:rsidR="00205CA4" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          </w:rPr>
           <w:id w:val="-1284413186"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00136D82">
+          <w:r w:rsidR="00136D82" w:rsidRPr="009148AB">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00136D82">
+      <w:r w:rsidR="00136D82" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00205CA4" w:rsidRPr="00205CA4">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00205CA4" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>ab dem</w:t>
       </w:r>
-      <w:r w:rsidR="00CC5EC2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00CC5EC2" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AA6925">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00AA6925" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text21"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:type w:val="date"/>
               <w:format w:val="dd.MM.yyyy"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="21" w:name="Text21"/>
-      <w:r w:rsidR="00AA6925">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00AA6925" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00AA6925">
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00AA6925" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00AA6925" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00AA6925">
-[...36 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00AA6925" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA6925" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA6925" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA6925" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA6925" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA6925" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="21"/>
-      <w:r w:rsidR="00205CA4" w:rsidRPr="00205CA4">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00205CA4" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> ganztags</w:t>
       </w:r>
-      <w:r w:rsidR="00A80F8B" w:rsidRPr="00A80F8B">
+      <w:r w:rsidR="00A80F8B" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B3DFFBA" w14:textId="1E150350" w:rsidR="00A80F8B" w:rsidRDefault="00A80F8B" w:rsidP="0023003F">
+    <w:p w14:paraId="5B3DFFBA" w14:textId="1E150350" w:rsidR="00A80F8B" w:rsidRPr="009148AB" w:rsidRDefault="00A80F8B" w:rsidP="0023003F">
       <w:pPr>
         <w:pStyle w:val="KeinLeerraum"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="22FA4046" w14:textId="54B03ADC" w:rsidR="00881B3B" w:rsidRDefault="008C2C2C" w:rsidP="00A80F8B">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22FA4046" w14:textId="54B03ADC" w:rsidR="00881B3B" w:rsidRPr="009148AB" w:rsidRDefault="00FE40ED" w:rsidP="00A80F8B">
       <w:pPr>
         <w:pStyle w:val="KeinLeerraum"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          </w:rPr>
           <w:id w:val="-51623346"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00A80F8B">
+          <w:r w:rsidR="00A80F8B" w:rsidRPr="009148AB">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00A80F8B">
-[...11 lines deleted...]
-      <w:r w:rsidR="00A80F8B">
+      <w:r w:rsidR="00A80F8B" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7,5 h </w:t>
+      </w:r>
+      <w:r w:rsidR="00A80F8B" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00A80F8B">
+      <w:r w:rsidR="00A80F8B" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          </w:rPr>
           <w:id w:val="1586185818"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00A80F8B">
+          <w:r w:rsidR="00A80F8B" w:rsidRPr="009148AB">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00A80F8B">
-[...8 lines deleted...]
-      <w:r w:rsidR="00A80F8B">
+      <w:r w:rsidR="00A80F8B" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ganztags (10 h)</w:t>
+      </w:r>
+      <w:r w:rsidR="00A80F8B" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00A80F8B">
+      <w:r w:rsidR="00A80F8B" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00A80F8B">
+      <w:r w:rsidR="00A80F8B" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00A80F8B">
+      <w:r w:rsidR="00A80F8B" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7580746D" w14:textId="77777777" w:rsidR="00A05ED0" w:rsidRDefault="00A05ED0" w:rsidP="0023003F">
+    <w:p w14:paraId="7580746D" w14:textId="77777777" w:rsidR="00A05ED0" w:rsidRPr="009148AB" w:rsidRDefault="00A05ED0" w:rsidP="0023003F">
       <w:pPr>
         <w:pStyle w:val="KeinLeerraum"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5BFF5FE0" w14:textId="49728603" w:rsidR="00C41BC5" w:rsidRPr="00BC20F4" w:rsidRDefault="00A80F8B" w:rsidP="0023003F">
+    <w:p w14:paraId="5BFF5FE0" w14:textId="49728603" w:rsidR="00C41BC5" w:rsidRPr="009148AB" w:rsidRDefault="00A80F8B" w:rsidP="0023003F">
       <w:pPr>
         <w:pStyle w:val="KeinLeerraum"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidR="00C41BC5" w:rsidRPr="00BC20F4">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00C41BC5" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">. Wahl des Kindergartens </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F0DEBF7" w14:textId="77777777" w:rsidR="00C41BC5" w:rsidRDefault="00C41BC5" w:rsidP="0023003F">
+    <w:p w14:paraId="6F0DEBF7" w14:textId="35703B05" w:rsidR="00C41BC5" w:rsidRPr="009148AB" w:rsidRDefault="00C41BC5" w:rsidP="0023003F">
       <w:pPr>
         <w:pStyle w:val="KeinLeerraum"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...9 lines deleted...]
-    <w:p w14:paraId="04224989" w14:textId="77777777" w:rsidR="00C41BC5" w:rsidRDefault="00C41BC5" w:rsidP="00C41BC5">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Gewünschte Kindereinrichtung (Unterbreizbach</w:t>
+      </w:r>
+      <w:r w:rsidR="007B2CB7" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> oder</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Sünna)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04224989" w14:textId="77777777" w:rsidR="00C41BC5" w:rsidRPr="009148AB" w:rsidRDefault="00C41BC5" w:rsidP="00C41BC5">
       <w:pPr>
         <w:pStyle w:val="KeinLeerraum"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="326BC857" w14:textId="1537B639" w:rsidR="00C41BC5" w:rsidRDefault="00C41BC5" w:rsidP="00C41BC5">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6BF17497" w14:textId="1773609B" w:rsidR="00881B3B" w:rsidRPr="009148AB" w:rsidRDefault="00C41BC5" w:rsidP="00C41BC5">
       <w:pPr>
         <w:pStyle w:val="KeinLeerraum"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>1.</w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:id w:val="-547144570"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013438"/>
           </w:placeholder>
           <w:comboBox>
             <w:listItem w:value="Wählen Sie ein Element aus."/>
             <w:listItem w:displayText="Unterbreizbach" w:value="Unterbreizbach"/>
             <w:listItem w:displayText="Sünna" w:value="Sünna"/>
-            <w:listItem w:displayText="Pferdsdorf" w:value="Pferdsdorf"/>
           </w:comboBox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r>
+          <w:r w:rsidR="007B2CB7" w:rsidRPr="009148AB">
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
-            <w:t>_____________________</w:t>
+            <w:t>______________________</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00CC5EC2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00CC5EC2" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:id w:val="1596283634"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013438"/>
           </w:placeholder>
           <w:comboBox>
             <w:listItem w:value="Wählen Sie ein Element aus."/>
             <w:listItem w:displayText="Unterbreizbach" w:value="Unterbreizbach"/>
             <w:listItem w:displayText="Sünna" w:value="Sünna"/>
-            <w:listItem w:displayText="Pferdsdorf" w:value="Pferdsdorf"/>
           </w:comboBox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r>
+          <w:r w:rsidRPr="009148AB">
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
             <w:t>______________________</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00CC5EC2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00CC5EC2" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...32 lines deleted...]
-    <w:p w14:paraId="6BF17497" w14:textId="77777777" w:rsidR="00881B3B" w:rsidRDefault="00881B3B" w:rsidP="00C41BC5">
+    </w:p>
+    <w:p w14:paraId="12A1F1B9" w14:textId="77777777" w:rsidR="007B2CB7" w:rsidRPr="009148AB" w:rsidRDefault="007B2CB7" w:rsidP="00C41BC5">
       <w:pPr>
         <w:pStyle w:val="KeinLeerraum"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="2912AD88" w14:textId="77777777" w:rsidR="00881B3B" w:rsidRDefault="00881B3B" w:rsidP="00C41BC5">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2912AD88" w14:textId="77777777" w:rsidR="00881B3B" w:rsidRPr="009148AB" w:rsidRDefault="00881B3B" w:rsidP="00C41BC5">
       <w:pPr>
         <w:pStyle w:val="KeinLeerraum"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="4C980ACE" w14:textId="18ECFC3B" w:rsidR="00B6642D" w:rsidRPr="00BC20F4" w:rsidRDefault="00A80F8B" w:rsidP="00C41BC5">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C980ACE" w14:textId="18ECFC3B" w:rsidR="00B6642D" w:rsidRPr="009148AB" w:rsidRDefault="00A80F8B" w:rsidP="00C41BC5">
       <w:pPr>
         <w:pStyle w:val="KeinLeerraum"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidR="00B6642D" w:rsidRPr="00BC20F4">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00B6642D" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">. Hinweise der/an Eltern/Betreuung des Kindes </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FE356DA" w14:textId="77777777" w:rsidR="00B6642D" w:rsidRDefault="00B6642D" w:rsidP="00C41BC5">
+    <w:p w14:paraId="7FE356DA" w14:textId="77777777" w:rsidR="00B6642D" w:rsidRPr="009148AB" w:rsidRDefault="00B6642D" w:rsidP="00C41BC5">
       <w:pPr>
         <w:pStyle w:val="KeinLeerraum"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="4F87D71D" w14:textId="28813FA8" w:rsidR="00B6642D" w:rsidRDefault="00B6642D" w:rsidP="00C41BC5">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F87D71D" w14:textId="28813FA8" w:rsidR="00B6642D" w:rsidRPr="009148AB" w:rsidRDefault="00B6642D" w:rsidP="00C41BC5">
       <w:pPr>
         <w:pStyle w:val="KeinLeerraum"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Das angemeldete Kind ist wegen </w:t>
       </w:r>
-      <w:r w:rsidR="00AA6925">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00AA6925" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text22"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="22" w:name="Text22"/>
-      <w:r w:rsidR="00AA6925">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00AA6925" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00AA6925">
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00AA6925" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00AA6925" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00AA6925">
-[...36 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00AA6925" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA6925" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA6925" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA6925" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA6925" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA6925" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="22"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> in ärztlicher Behandlung.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29545F5C" w14:textId="77777777" w:rsidR="00B6642D" w:rsidRDefault="00B6642D" w:rsidP="00C41BC5">
+    <w:p w14:paraId="29545F5C" w14:textId="77777777" w:rsidR="00B6642D" w:rsidRPr="009148AB" w:rsidRDefault="00B6642D" w:rsidP="00C41BC5">
       <w:pPr>
         <w:pStyle w:val="KeinLeerraum"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="24DB0E83" w14:textId="28AC6459" w:rsidR="00B6642D" w:rsidRDefault="00B6642D" w:rsidP="00C41BC5">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24DB0E83" w14:textId="28AC6459" w:rsidR="00B6642D" w:rsidRPr="009148AB" w:rsidRDefault="00B6642D" w:rsidP="00C41BC5">
       <w:pPr>
         <w:pStyle w:val="KeinLeerraum"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Weitere Hinweise der Eltern </w:t>
       </w:r>
-      <w:r w:rsidR="00AA6925">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00AA6925" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text23"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="23" w:name="Text23"/>
-      <w:r w:rsidR="00AA6925">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00AA6925" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00AA6925">
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00AA6925" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00AA6925" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00AA6925">
-[...36 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00AA6925" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA6925" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA6925" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA6925" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA6925" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA6925" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="23"/>
     </w:p>
-    <w:p w14:paraId="02C87303" w14:textId="77777777" w:rsidR="00B6642D" w:rsidRDefault="00B6642D" w:rsidP="00C41BC5">
+    <w:p w14:paraId="02C87303" w14:textId="77777777" w:rsidR="00B6642D" w:rsidRPr="009148AB" w:rsidRDefault="00B6642D" w:rsidP="00C41BC5">
       <w:pPr>
         <w:pStyle w:val="KeinLeerraum"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="5EF0EF23" w14:textId="77777777" w:rsidR="00B6642D" w:rsidRPr="00313E2C" w:rsidRDefault="00B6642D" w:rsidP="00C41BC5">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5EF0EF23" w14:textId="77777777" w:rsidR="00B6642D" w:rsidRPr="009148AB" w:rsidRDefault="00B6642D" w:rsidP="00C41BC5">
       <w:pPr>
         <w:pStyle w:val="KeinLeerraum"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00313E2C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Ich/wir versichere/n, dass die o.g. Angaben der Wahrheit entsprechen und vollständig sind. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C1302A2" w14:textId="77777777" w:rsidR="00B6642D" w:rsidRPr="00313E2C" w:rsidRDefault="00B6642D" w:rsidP="00C41BC5">
+    <w:p w14:paraId="5C1302A2" w14:textId="77777777" w:rsidR="00B6642D" w:rsidRPr="009148AB" w:rsidRDefault="00B6642D" w:rsidP="00C41BC5">
       <w:pPr>
         <w:pStyle w:val="KeinLeerraum"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00313E2C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Mir/uns ist bekannt, dass Veränderungen wie Änderung der Anschrift, u.</w:t>
       </w:r>
-      <w:r w:rsidR="00313E2C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00313E2C" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00313E2C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">ä. unverzüglich und unaufgefordert mitzuteilen sind. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6058E76D" w14:textId="77777777" w:rsidR="00B6642D" w:rsidRPr="00313E2C" w:rsidRDefault="00B6642D" w:rsidP="00C41BC5">
+    <w:p w14:paraId="6058E76D" w14:textId="77777777" w:rsidR="00B6642D" w:rsidRPr="009148AB" w:rsidRDefault="00B6642D" w:rsidP="00C41BC5">
       <w:pPr>
         <w:pStyle w:val="KeinLeerraum"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00313E2C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Grundlage für die Betreuung in den Kindertageseinrichtungen der Einheitsgemeinde Unterbreizbach ist die jeweils gültige Kindertageseinrichtungsbenutzungssatzung und die gültige Kindertageseinrichtungsgebührensatzung.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DB333FD" w14:textId="77777777" w:rsidR="00B6642D" w:rsidRDefault="00B6642D" w:rsidP="00C41BC5">
+    <w:p w14:paraId="4DB333FD" w14:textId="77777777" w:rsidR="00B6642D" w:rsidRPr="009148AB" w:rsidRDefault="00B6642D" w:rsidP="00C41BC5">
       <w:pPr>
         <w:pStyle w:val="KeinLeerraum"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00313E2C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Über </w:t>
       </w:r>
-      <w:r w:rsidR="006F6636" w:rsidRPr="00313E2C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="006F6636" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>die Inhalte der o.g. Satzungen habe</w:t>
       </w:r>
-      <w:r w:rsidR="00ED6CBE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00ED6CBE" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>/n</w:t>
       </w:r>
-      <w:r w:rsidR="006F6636" w:rsidRPr="00313E2C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="006F6636" w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> ich/wir mich/uns informiert.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EDE4042" w14:textId="77777777" w:rsidR="00C6160A" w:rsidRDefault="00C6160A" w:rsidP="00C41BC5">
+    <w:p w14:paraId="6EDE4042" w14:textId="77777777" w:rsidR="00C6160A" w:rsidRPr="009148AB" w:rsidRDefault="00C6160A" w:rsidP="00C41BC5">
       <w:pPr>
         <w:pStyle w:val="KeinLeerraum"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="797494B3" w14:textId="2064437C" w:rsidR="006F6636" w:rsidRPr="000F4913" w:rsidRDefault="00C6160A" w:rsidP="000F4913">
+    <w:p w14:paraId="797494B3" w14:textId="2064437C" w:rsidR="006F6636" w:rsidRPr="009148AB" w:rsidRDefault="00C6160A" w:rsidP="000F4913">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1985"/>
           <w:tab w:val="left" w:pos="2410"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C6160A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Alle Angaben werden vertraulich behandelt und nur für den Zweck des Anmeldeverfahrens verwendet. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C6160A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
         </w:rPr>
         <w:t>„Durch die Unterzeichnung</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C6160A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C6160A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009148AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
         </w:rPr>
         <w:t>bestätige ich mein Einverständnis zur Verwendung meiner Daten zum Zwecke der Durchführung des Anmeldeverfahrens meines Kindes in einer Kindertageseinrichtung der Einheitsgemeinde Unterbreizbach. Dies gilt unter anderem auch für die Übermittlung an Stellen, für die eine gesetzliche Pflicht zur Kenntnis besteht. Der Widerruf ist jederzeit bei der o.g. Stelle möglich.“</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38AA57D6" w14:textId="3BD17156" w:rsidR="00003211" w:rsidRDefault="00003211" w:rsidP="00C41BC5">
+    <w:p w14:paraId="38AA57D6" w14:textId="3BD17156" w:rsidR="00003211" w:rsidRPr="009148AB" w:rsidRDefault="00003211" w:rsidP="00C41BC5">
       <w:pPr>
         <w:pStyle w:val="KeinLeerraum"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
-        <w:tblW w:w="9252" w:type="dxa"/>
+        <w:tblW w:w="9917" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3539"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4012"/>
+        <w:gridCol w:w="3794"/>
+        <w:gridCol w:w="1823"/>
+        <w:gridCol w:w="4300"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00367DFA" w:rsidRPr="00BD3E72" w14:paraId="7672F595" w14:textId="77777777" w:rsidTr="000A689C">
+      <w:tr w:rsidR="00367DFA" w:rsidRPr="009148AB" w14:paraId="7672F595" w14:textId="77777777" w:rsidTr="009E767F">
         <w:trPr>
-          <w:trHeight w:val="265"/>
+          <w:trHeight w:val="263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3539" w:type="dxa"/>
+            <w:tcW w:w="3794" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A8A6DFF" w14:textId="689B330F" w:rsidR="00003211" w:rsidRPr="00003211" w:rsidRDefault="00003211" w:rsidP="000A689C">
+          <w:p w14:paraId="2A8A6DFF" w14:textId="689B330F" w:rsidR="00003211" w:rsidRPr="009148AB" w:rsidRDefault="00003211" w:rsidP="000A689C">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00003211">
+            <w:r w:rsidRPr="009148AB">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text24"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="24" w:name="Text24"/>
-            <w:r w:rsidRPr="00003211">
+            <w:r w:rsidRPr="009148AB">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00003211">
+            <w:r w:rsidRPr="009148AB">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="00003211">
+            <w:r w:rsidRPr="009148AB">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00367DFA">
+            <w:r w:rsidR="00367DFA" w:rsidRPr="009148AB">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00367DFA">
+            <w:r w:rsidR="00367DFA" w:rsidRPr="009148AB">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00367DFA">
+            <w:r w:rsidR="00367DFA" w:rsidRPr="009148AB">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00367DFA">
+            <w:r w:rsidR="00367DFA" w:rsidRPr="009148AB">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00367DFA">
+            <w:r w:rsidR="00367DFA" w:rsidRPr="009148AB">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00003211">
+            <w:r w:rsidRPr="009148AB">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="24"/>
-            <w:r>
+            <w:r w:rsidRPr="009148AB">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidRPr="00003211">
+            <w:r w:rsidRPr="009148AB">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:format w:val="dd.MM.yyyy"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="25" w:name="Text25"/>
-            <w:r w:rsidRPr="00003211">
+            <w:r w:rsidRPr="009148AB">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00003211">
+            <w:r w:rsidRPr="009148AB">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="00003211">
+            <w:r w:rsidRPr="009148AB">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00003211">
+            <w:r w:rsidRPr="009148AB">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00003211">
+            <w:r w:rsidRPr="009148AB">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00003211">
+            <w:r w:rsidRPr="009148AB">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00003211">
+            <w:r w:rsidRPr="009148AB">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00003211">
+            <w:r w:rsidRPr="009148AB">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00003211">
+            <w:r w:rsidRPr="009148AB">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="25"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1823" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1BAA8A02" w14:textId="77777777" w:rsidR="00003211" w:rsidRPr="00BD3E72" w:rsidRDefault="00003211" w:rsidP="000A689C">
+          <w:p w14:paraId="1BAA8A02" w14:textId="77777777" w:rsidR="00003211" w:rsidRPr="009148AB" w:rsidRDefault="00003211" w:rsidP="000A689C">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4012" w:type="dxa"/>
+            <w:tcW w:w="4300" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="787D354E" w14:textId="05286113" w:rsidR="00003211" w:rsidRPr="00BD3E72" w:rsidRDefault="00003211" w:rsidP="000A689C">
+          <w:p w14:paraId="787D354E" w14:textId="05286113" w:rsidR="00003211" w:rsidRPr="009148AB" w:rsidRDefault="00003211" w:rsidP="000A689C">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="009148AB">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text26"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="26" w:name="Text26"/>
-            <w:r>
+            <w:r w:rsidRPr="009148AB">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="009148AB">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="009148AB">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="009148AB">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="009148AB">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="009148AB">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="009148AB">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="009148AB">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="009148AB">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="26"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00367DFA" w:rsidRPr="00BD3E72" w14:paraId="511A2E61" w14:textId="77777777" w:rsidTr="000A689C">
+      <w:tr w:rsidR="00367DFA" w:rsidRPr="009148AB" w14:paraId="511A2E61" w14:textId="77777777" w:rsidTr="009E767F">
         <w:trPr>
-          <w:trHeight w:val="287"/>
+          <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3539" w:type="dxa"/>
+            <w:tcW w:w="3794" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="334445E6" w14:textId="77777777" w:rsidR="00003211" w:rsidRPr="00BD3E72" w:rsidRDefault="00003211" w:rsidP="000A689C">
+          <w:p w14:paraId="334445E6" w14:textId="77777777" w:rsidR="00003211" w:rsidRPr="009148AB" w:rsidRDefault="00003211" w:rsidP="000A689C">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD3E72">
+            <w:r w:rsidRPr="009148AB">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(Ort, Datum)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1823" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D3A4A44" w14:textId="77777777" w:rsidR="00003211" w:rsidRPr="00BD3E72" w:rsidRDefault="00003211" w:rsidP="000A689C">
+          <w:p w14:paraId="5D3A4A44" w14:textId="77777777" w:rsidR="00003211" w:rsidRPr="009148AB" w:rsidRDefault="00003211" w:rsidP="000A689C">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4012" w:type="dxa"/>
+            <w:tcW w:w="4300" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="203FF802" w14:textId="77777777" w:rsidR="00003211" w:rsidRPr="00BD3E72" w:rsidRDefault="00003211" w:rsidP="000A689C">
+          <w:p w14:paraId="203FF802" w14:textId="77777777" w:rsidR="00003211" w:rsidRPr="009148AB" w:rsidRDefault="00003211" w:rsidP="000A689C">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD3E72">
+            <w:r w:rsidRPr="009148AB">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(Unterschrift sorgeberechtigter Mutter)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00367DFA" w:rsidRPr="00BD3E72" w14:paraId="00DAE240" w14:textId="77777777" w:rsidTr="000A689C">
+      <w:tr w:rsidR="00367DFA" w:rsidRPr="009148AB" w14:paraId="00DAE240" w14:textId="77777777" w:rsidTr="009E767F">
         <w:trPr>
-          <w:trHeight w:val="265"/>
+          <w:trHeight w:val="263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3539" w:type="dxa"/>
+            <w:tcW w:w="3794" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="74722E47" w14:textId="77777777" w:rsidR="00003211" w:rsidRPr="00BD3E72" w:rsidRDefault="00003211" w:rsidP="000A689C">
+          <w:p w14:paraId="74722E47" w14:textId="77777777" w:rsidR="00003211" w:rsidRPr="009148AB" w:rsidRDefault="00003211" w:rsidP="000A689C">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1823" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B666156" w14:textId="77777777" w:rsidR="00003211" w:rsidRPr="00BD3E72" w:rsidRDefault="00003211" w:rsidP="000A689C">
+          <w:p w14:paraId="5B666156" w14:textId="77777777" w:rsidR="00003211" w:rsidRPr="009148AB" w:rsidRDefault="00003211" w:rsidP="000A689C">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4012" w:type="dxa"/>
+            <w:tcW w:w="4300" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="01B110B7" w14:textId="77777777" w:rsidR="00003211" w:rsidRPr="00BD3E72" w:rsidRDefault="00003211" w:rsidP="000A689C">
+          <w:p w14:paraId="01B110B7" w14:textId="77777777" w:rsidR="00003211" w:rsidRPr="009148AB" w:rsidRDefault="00003211" w:rsidP="000A689C">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00367DFA" w:rsidRPr="00BD3E72" w14:paraId="539813D1" w14:textId="77777777" w:rsidTr="000A689C">
+      <w:tr w:rsidR="00367DFA" w:rsidRPr="009148AB" w14:paraId="539813D1" w14:textId="77777777" w:rsidTr="009E767F">
         <w:trPr>
-          <w:trHeight w:val="265"/>
+          <w:trHeight w:val="263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3539" w:type="dxa"/>
+            <w:tcW w:w="3794" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68265358" w14:textId="77777777" w:rsidR="00003211" w:rsidRPr="00BD3E72" w:rsidRDefault="00003211" w:rsidP="000A689C">
+          <w:p w14:paraId="68265358" w14:textId="77777777" w:rsidR="00003211" w:rsidRPr="009148AB" w:rsidRDefault="00003211" w:rsidP="000A689C">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1823" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="21583A3F" w14:textId="77777777" w:rsidR="00003211" w:rsidRPr="00BD3E72" w:rsidRDefault="00003211" w:rsidP="000A689C">
+          <w:p w14:paraId="21583A3F" w14:textId="77777777" w:rsidR="00003211" w:rsidRPr="009148AB" w:rsidRDefault="00003211" w:rsidP="000A689C">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4012" w:type="dxa"/>
+            <w:tcW w:w="4300" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="50BF3D1B" w14:textId="3C9607B4" w:rsidR="00003211" w:rsidRPr="00BD3E72" w:rsidRDefault="00003211" w:rsidP="000A689C">
+          <w:p w14:paraId="50BF3D1B" w14:textId="3C9607B4" w:rsidR="00003211" w:rsidRPr="009148AB" w:rsidRDefault="00003211" w:rsidP="000A689C">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="009148AB">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text27"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="27" w:name="Text27"/>
-            <w:r>
+            <w:r w:rsidRPr="009148AB">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="009148AB">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="009148AB">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="009148AB">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="009148AB">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="009148AB">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="009148AB">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="009148AB">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="009148AB">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="27"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00367DFA" w:rsidRPr="00BD3E72" w14:paraId="0E771AAF" w14:textId="77777777" w:rsidTr="000A689C">
+      <w:tr w:rsidR="00367DFA" w:rsidRPr="009148AB" w14:paraId="0E771AAF" w14:textId="77777777" w:rsidTr="009E767F">
         <w:trPr>
-          <w:trHeight w:val="238"/>
+          <w:trHeight w:val="236"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3539" w:type="dxa"/>
+            <w:tcW w:w="3794" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C3D1F0E" w14:textId="77777777" w:rsidR="00003211" w:rsidRPr="00BD3E72" w:rsidRDefault="00003211" w:rsidP="000A689C">
+          <w:p w14:paraId="0C3D1F0E" w14:textId="77777777" w:rsidR="00003211" w:rsidRPr="009148AB" w:rsidRDefault="00003211" w:rsidP="000A689C">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1823" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1FDD25AB" w14:textId="77777777" w:rsidR="00003211" w:rsidRPr="00BD3E72" w:rsidRDefault="00003211" w:rsidP="000A689C">
+          <w:p w14:paraId="1FDD25AB" w14:textId="77777777" w:rsidR="00003211" w:rsidRPr="009148AB" w:rsidRDefault="00003211" w:rsidP="000A689C">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4012" w:type="dxa"/>
+            <w:tcW w:w="4300" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="01FAD2D6" w14:textId="77777777" w:rsidR="00003211" w:rsidRPr="00BD3E72" w:rsidRDefault="00003211" w:rsidP="000A689C">
+          <w:p w14:paraId="01FAD2D6" w14:textId="77777777" w:rsidR="00003211" w:rsidRPr="009148AB" w:rsidRDefault="00003211" w:rsidP="000A689C">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD3E72">
+            <w:r w:rsidRPr="009148AB">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(Unterschrift sorgeberechtigter Vater)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6CF5BE17" w14:textId="77777777" w:rsidR="00003211" w:rsidRDefault="00003211" w:rsidP="00A80F8B">
+    <w:p w14:paraId="6CF5BE17" w14:textId="77777777" w:rsidR="00003211" w:rsidRPr="009148AB" w:rsidRDefault="00003211" w:rsidP="009E767F">
       <w:pPr>
         <w:pStyle w:val="KeinLeerraum"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00003211">
+    <w:sectPr w:rsidR="00003211" w:rsidRPr="009148AB" w:rsidSect="008D5754">
       <w:headerReference w:type="even" r:id="rId9"/>
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="even" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:headerReference w:type="first" r:id="rId13"/>
       <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1417" w:right="1417" w:bottom="1134" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="993" w:right="1417" w:bottom="1134" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0DBA47BB" w14:textId="77777777" w:rsidR="00DC1097" w:rsidRDefault="00DC1097" w:rsidP="006F6636">
+    <w:p w14:paraId="78512E96" w14:textId="77777777" w:rsidR="00895165" w:rsidRDefault="00895165" w:rsidP="006F6636">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4B9D1B38" w14:textId="77777777" w:rsidR="00DC1097" w:rsidRDefault="00DC1097" w:rsidP="006F6636">
+    <w:p w14:paraId="70255916" w14:textId="77777777" w:rsidR="00895165" w:rsidRDefault="00895165" w:rsidP="006F6636">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="TimesNewRoman,Bold">
-[...1 lines deleted...]
-    <w:panose1 w:val="00000000000000000000"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
-[...2 lines deleted...]
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI Symbol">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="0B54A0E4" w14:textId="77777777" w:rsidR="00BC20F4" w:rsidRDefault="00BC20F4">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="3087DDCB" w14:textId="77777777" w:rsidR="00BC20F4" w:rsidRDefault="00BC20F4">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="2ED750D3" w14:textId="77777777" w:rsidR="00BC20F4" w:rsidRDefault="00BC20F4">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2CDC68C4" w14:textId="77777777" w:rsidR="00DC1097" w:rsidRDefault="00DC1097" w:rsidP="006F6636">
+    <w:p w14:paraId="50BD00AF" w14:textId="77777777" w:rsidR="00895165" w:rsidRDefault="00895165" w:rsidP="006F6636">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="44161E2E" w14:textId="77777777" w:rsidR="00DC1097" w:rsidRDefault="00DC1097" w:rsidP="006F6636">
+    <w:p w14:paraId="33856FAC" w14:textId="77777777" w:rsidR="00895165" w:rsidRDefault="00895165" w:rsidP="006F6636">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="7CFCB01D" w14:textId="77777777" w:rsidR="00BC20F4" w:rsidRDefault="00BC20F4">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="0449877F" w14:textId="77777777" w:rsidR="00BC20F4" w:rsidRDefault="00BC20F4">
     <w:pPr>
@@ -5960,126 +5873,129 @@
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="140"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="AOLXjZ0yCbCL2obB6S+sXy9/tmpfteQWFo9e8JeHUas80kXxH4lSM4GGOX+ACiktTezb/jXxdAVu0LyBztJXlA==" w:salt="a0Ss2B3c29CUy8z+lnOG5g=="/>
+  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="LcBhJncJoNPGqjMMq5BHyisz3fp2iFvMjmh2hNMKtJJSgtRfJDZYdKse1raJ6eXNT4uBDl98fwHGhusWxCZQJA==" w:salt="M87JTzQvg4DrEPri+kZ1IA=="/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BF2619"/>
     <w:rsid w:val="00003211"/>
     <w:rsid w:val="000F4913"/>
     <w:rsid w:val="00136D82"/>
     <w:rsid w:val="00182A88"/>
     <w:rsid w:val="00205CA4"/>
     <w:rsid w:val="0023003F"/>
     <w:rsid w:val="0024013C"/>
     <w:rsid w:val="00267F7A"/>
     <w:rsid w:val="00276A7F"/>
     <w:rsid w:val="002D20DE"/>
     <w:rsid w:val="00313E2C"/>
     <w:rsid w:val="00364CD2"/>
     <w:rsid w:val="00367DFA"/>
     <w:rsid w:val="00432853"/>
     <w:rsid w:val="004562A3"/>
     <w:rsid w:val="004902C6"/>
     <w:rsid w:val="00492749"/>
     <w:rsid w:val="00572722"/>
     <w:rsid w:val="0069591C"/>
     <w:rsid w:val="006F6636"/>
     <w:rsid w:val="00717D67"/>
     <w:rsid w:val="007219FF"/>
     <w:rsid w:val="007273B1"/>
+    <w:rsid w:val="007B2CB7"/>
     <w:rsid w:val="008776E8"/>
     <w:rsid w:val="00881B3B"/>
     <w:rsid w:val="00895165"/>
-    <w:rsid w:val="008C2C2C"/>
+    <w:rsid w:val="008D5754"/>
     <w:rsid w:val="008E445E"/>
+    <w:rsid w:val="009148AB"/>
+    <w:rsid w:val="009E767F"/>
     <w:rsid w:val="009F1B34"/>
     <w:rsid w:val="00A05ED0"/>
     <w:rsid w:val="00A22B0C"/>
     <w:rsid w:val="00A80F8B"/>
     <w:rsid w:val="00AA6925"/>
     <w:rsid w:val="00AA6C80"/>
     <w:rsid w:val="00B6642D"/>
     <w:rsid w:val="00BC20F4"/>
     <w:rsid w:val="00BE1772"/>
     <w:rsid w:val="00BF2619"/>
     <w:rsid w:val="00C314BE"/>
     <w:rsid w:val="00C41BC5"/>
     <w:rsid w:val="00C6160A"/>
     <w:rsid w:val="00CA40E5"/>
     <w:rsid w:val="00CC5EC2"/>
     <w:rsid w:val="00CD3007"/>
     <w:rsid w:val="00CD6BBD"/>
     <w:rsid w:val="00D05608"/>
     <w:rsid w:val="00D246FC"/>
     <w:rsid w:val="00D73D48"/>
     <w:rsid w:val="00DB6697"/>
-    <w:rsid w:val="00DC1097"/>
     <w:rsid w:val="00E51888"/>
     <w:rsid w:val="00ED6CBE"/>
+    <w:rsid w:val="00F523A0"/>
     <w:rsid w:val="00FD38D3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -6712,128 +6628,132 @@
               <w:rStyle w:val="Platzhaltertext"/>
             </w:rPr>
             <w:t>Wählen Sie ein Element aus.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="TimesNewRoman,Bold">
-[...1 lines deleted...]
-    <w:panose1 w:val="00000000000000000000"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
-[...2 lines deleted...]
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI Symbol">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:view w:val="normal"/>
   <w:revisionView w:insDel="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00061658"/>
     <w:rsid w:val="00061658"/>
     <w:rsid w:val="00245638"/>
-    <w:rsid w:val="00291C36"/>
     <w:rsid w:val="00D6601E"/>
     <w:rsid w:val="00ED39D0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
@@ -7539,73 +7459,73 @@
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F8575D6D-9844-4059-A150-1AC6C80DD04F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>506</Words>
-  <Characters>3188</Characters>
+  <Words>499</Words>
+  <Characters>3145</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
+  <DocSecurity>0</DocSecurity>
   <Lines>26</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3687</CharactersWithSpaces>
+  <CharactersWithSpaces>3637</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Wienand, Julia</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>